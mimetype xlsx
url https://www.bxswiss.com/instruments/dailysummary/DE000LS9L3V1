--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd768288ba4a343df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra68ad9b05a6a4796" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32ab041b953e4493"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dce753b656e40d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50037c3013944fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32ab041b953e4493" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23b3ef079a7742f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dce753b656e40d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Game Industry B: Mixed Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3V1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>431,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,727</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>445,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>445,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>