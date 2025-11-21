--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra68ad9b05a6a4796" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6af82ba64f2040d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dce753b656e40d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50cf3eab41fa49f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23b3ef079a7742f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dce753b656e40d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0af5c7ffcb24d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50cf3eab41fa49f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Game Industry B: Mixed Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3V1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>430,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,666</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>458,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>462,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>458,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>