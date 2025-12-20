--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6af82ba64f2040d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf289daad81694d12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50cf3eab41fa49f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc047364d3bbc49e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0af5c7ffcb24d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50cf3eab41fa49f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R447010e49b1d4e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc047364d3bbc49e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Game Industry B: Mixed Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3V1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,606 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>430,733</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>