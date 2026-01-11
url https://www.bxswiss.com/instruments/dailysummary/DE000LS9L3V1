--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf289daad81694d12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fc90d685f11493d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc047364d3bbc49e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24549a0442c64efb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R447010e49b1d4e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc047364d3bbc49e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf63b8dfc72b4640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24549a0442c64efb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Game Industry B: Mixed Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3V1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,415 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...363 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>421,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>422,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>421,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>422,699</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -724,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>409,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>407,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>412,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>