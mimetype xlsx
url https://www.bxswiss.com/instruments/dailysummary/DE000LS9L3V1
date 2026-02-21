--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fc90d685f11493d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50dd58f3d86a4fb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24549a0442c64efb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R575d4fbedfe34310"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf63b8dfc72b4640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24549a0442c64efb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reedf95d2e5514b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R575d4fbedfe34310" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Game Industry B: Mixed Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3V1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>420,207</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>