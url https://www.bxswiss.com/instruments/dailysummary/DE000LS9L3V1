--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50dd58f3d86a4fb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53549ea92e434916" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R575d4fbedfe34310"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra89ade36fd4341cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reedf95d2e5514b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R575d4fbedfe34310" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4ad4e6a4cb847ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra89ade36fd4341cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Game Industry B: Mixed Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3V1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>