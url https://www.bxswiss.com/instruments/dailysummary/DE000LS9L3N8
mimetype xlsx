--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reda366a21d0942f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41a06ce10040485b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R377f453dc88d4386"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5ccbb4201214864"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd58014a38d84db3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R377f453dc88d4386" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dea6129b2324a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5ccbb4201214864" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nach Levermann &amp; Buffet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3N8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>