--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41a06ce10040485b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0720cc85f94349f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5ccbb4201214864"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89c9623ff5b44f88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dea6129b2324a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5ccbb4201214864" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4687593275f842d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89c9623ff5b44f88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nach Levermann &amp; Buffet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3N8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>189,054</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>