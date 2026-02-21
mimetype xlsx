--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0720cc85f94349f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5af439ae16b14495" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89c9623ff5b44f88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3de809829af848d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4687593275f842d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89c9623ff5b44f88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2685a24ff62b47a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3de809829af848d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nach Levermann &amp; Buffet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3N8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...458 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,554</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>192,355</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>