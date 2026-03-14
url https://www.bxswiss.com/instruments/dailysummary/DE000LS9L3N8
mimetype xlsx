--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5af439ae16b14495" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recaf3bfdfdb44189" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3de809829af848d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea93de34db084b1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2685a24ff62b47a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3de809829af848d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7ca0a70fc1d4741" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea93de34db084b1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nach Levermann &amp; Buffet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3N8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>