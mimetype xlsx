--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b716160a2334e33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc66be9bfdc84b81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44556253c9524263"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f9e995407a9438d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8d20638234548d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44556253c9524263" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdae54200442142bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f9e995407a9438d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Three Years Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3J6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>636,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>636,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>623,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>627,783</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>596,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>608,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>594,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>606,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>