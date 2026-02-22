--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc66be9bfdc84b81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2919b7297dde487a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f9e995407a9438d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fdc9927d6fc4c7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdae54200442142bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f9e995407a9438d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02a0bee47a924161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fdc9927d6fc4c7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Three Years Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3J6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>638,999</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>