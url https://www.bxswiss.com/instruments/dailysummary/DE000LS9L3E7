--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5853a9dbab1d47ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0dba216d9e44c7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fee2c36eb2e45c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re49457c9344a4f22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72e1f0ff90f242d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fee2c36eb2e45c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R917d3111cb144a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re49457c9344a4f22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotec+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,531</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>