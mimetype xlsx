--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0dba216d9e44c7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41d4521bed5a4226" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re49457c9344a4f22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfea731d763bd425c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R917d3111cb144a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re49457c9344a4f22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b67afcec2224f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfea731d763bd425c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotec+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>203,929</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>202,559</x:t>
-[...404 lines deleted...]
-          <x:t>201,171</x:t>
+          <x:t>199,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>