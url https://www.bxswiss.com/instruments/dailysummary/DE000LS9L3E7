--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41d4521bed5a4226" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1afc07a33c6b4921" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfea731d763bd425c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70519ce13f5d4b3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b67afcec2224f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfea731d763bd425c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R631a322094034467" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70519ce13f5d4b3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotec+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>