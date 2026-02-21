--- v3 (2025-12-20)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1afc07a33c6b4921" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65bf0712fe024836" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70519ce13f5d4b3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1d7d27dad9f491d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R631a322094034467" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70519ce13f5d4b3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde2779952dee4cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1d7d27dad9f491d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotec+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>203,094</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>