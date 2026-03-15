--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65bf0712fe024836" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4f5130334b84a3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1d7d27dad9f491d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R033f324451ad4bb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde2779952dee4cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1d7d27dad9f491d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R397da61a434e4264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R033f324451ad4bb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotec+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,576</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>