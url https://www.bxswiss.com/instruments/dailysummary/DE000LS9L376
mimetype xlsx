--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c5cfd70ad774067" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd65d26fd84914ada" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b8d0fd6da91414b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46d4f604643a43f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf753e71bfa0941b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b8d0fd6da91414b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4f4744fd400422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46d4f604643a43f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming+HE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>