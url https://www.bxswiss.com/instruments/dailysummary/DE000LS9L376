--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd65d26fd84914ada" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c084d198563493f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46d4f604643a43f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cce57a203e54c2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4f4744fd400422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46d4f604643a43f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35c283c7738e4efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cce57a203e54c2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming+HE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,059</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>