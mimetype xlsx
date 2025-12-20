--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c084d198563493f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R673a3ac336984373" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cce57a203e54c2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd35e01c7419147da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35c283c7738e4efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cce57a203e54c2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re01c096ca2344d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd35e01c7419147da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming+HE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,606 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>317,661</x:t>
-[...576 lines deleted...]
-          <x:t>316,780</x:t>
+          <x:t>315,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>