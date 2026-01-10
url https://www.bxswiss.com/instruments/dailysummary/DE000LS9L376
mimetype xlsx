--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R673a3ac336984373" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b7146c9c2bd42e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd35e01c7419147da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R835e233acae84c9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re01c096ca2344d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd35e01c7419147da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7253fecbe17441e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R835e233acae84c9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming+HE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,388 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...336 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -724,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>