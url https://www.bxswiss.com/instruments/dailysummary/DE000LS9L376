--- v4 (2026-01-10)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b7146c9c2bd42e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re32742a43e94411a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R835e233acae84c9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09f0fb8e5e66461d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7253fecbe17441e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R835e233acae84c9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfa22ac6faa546c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09f0fb8e5e66461d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming+HE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>312,064</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>