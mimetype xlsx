--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re32742a43e94411a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaca1f0f900143ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09f0fb8e5e66461d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a96402809564c55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfa22ac6faa546c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09f0fb8e5e66461d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43aceb4c81f4437c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a96402809564c55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming+HE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,746</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>