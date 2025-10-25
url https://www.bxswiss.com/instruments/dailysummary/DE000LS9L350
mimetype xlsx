--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f774377d4a84c41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1d7ae38061746ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e1a375d0fd41ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a88f8122e3646da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11e00d9f40e744dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e1a375d0fd41ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23b1c906955c4337" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a88f8122e3646da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Software und IT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,495 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>189,588</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,967</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...204 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,383</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,351</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>