--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1d7ae38061746ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ec61e3479cd48e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a88f8122e3646da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3309a2e3235b4c1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23b1c906955c4337" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a88f8122e3646da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb882828530f4f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3309a2e3235b4c1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Software und IT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>186,351</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>