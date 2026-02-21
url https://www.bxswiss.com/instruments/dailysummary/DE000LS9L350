--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ec61e3479cd48e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48296e3c310545c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3309a2e3235b4c1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0fd108ebe064599"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb882828530f4f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3309a2e3235b4c1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23ecf5e43cf84dde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0fd108ebe064599" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Software und IT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>190,565</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>