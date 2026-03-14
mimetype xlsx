--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48296e3c310545c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R098310feffc44075" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0fd108ebe064599"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92b4e0456ceb452d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23ecf5e43cf84dde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0fd108ebe064599" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R829d9509cbdb4635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92b4e0456ceb452d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Software und IT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>