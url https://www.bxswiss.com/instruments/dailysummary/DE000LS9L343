--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a9a5c89c6e445bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06b860e7ba34424d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red872263f4c548a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f4f206436c54172"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b83d050dcd44f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red872263f4c548a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8f11c3e588246a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f4f206436c54172" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MT Deutschland Hauptindizes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>85,066</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,874</x:t>
-[...119 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>85,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,197</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>85,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,033</x:t>
-[...107 lines deleted...]
-          <x:t>84,891</x:t>
+          <x:t>84,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,997</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>84,985</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>