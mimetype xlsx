--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06b860e7ba34424d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8433d19db28746b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f4f206436c54172"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f71b2daf4e14fb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8f11c3e588246a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f4f206436c54172" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc34799f098f84e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f71b2daf4e14fb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MT Deutschland Hauptindizes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,781</x:t>
-[...183 lines deleted...]
-          <x:t>84,452</x:t>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,656</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>84,044</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>