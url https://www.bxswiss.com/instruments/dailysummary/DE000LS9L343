--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8433d19db28746b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d528361bb304369" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f71b2daf4e14fb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1514908779ac46f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc34799f098f84e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f71b2daf4e14fb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R489acf308d7f4aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1514908779ac46f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MT Deutschland Hauptindizes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>84,644</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,434</x:t>
-[...443 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>84,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,810</x:t>
-[...144 lines deleted...]
-          <x:t>83,782</x:t>
+          <x:t>84,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>