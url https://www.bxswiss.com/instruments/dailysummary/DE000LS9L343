--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d528361bb304369" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31ed86a6771540b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1514908779ac46f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0df1b829be834dde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R489acf308d7f4aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1514908779ac46f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfad424daf5d542a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0df1b829be834dde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MT Deutschland Hauptindizes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>84,589</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,453</x:t>
-[...556 lines deleted...]
-          <x:t>84,732</x:t>
+          <x:t>84,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,660</x:t>
+          <x:t>84,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>