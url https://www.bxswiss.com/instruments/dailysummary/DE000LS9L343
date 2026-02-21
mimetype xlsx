--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31ed86a6771540b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bd70c8cbf3b4409" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0df1b829be834dde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fa44478b020434e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfad424daf5d542a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0df1b829be834dde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec41c6043c154cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fa44478b020434e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MT Deutschland Hauptindizes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>84,635</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>