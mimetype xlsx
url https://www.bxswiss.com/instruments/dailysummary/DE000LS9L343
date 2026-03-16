--- v5 (2026-02-21)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bd70c8cbf3b4409" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f818436b4c4aa7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fa44478b020434e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b12ea66000d4d89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec41c6043c154cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fa44478b020434e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7ba5a6212c14f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b12ea66000d4d89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MT Deutschland Hauptindizes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...431 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,172</x:t>
-[...139 lines deleted...]
-          <x:t>82,682</x:t>
+          <x:t>82,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,707</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>82,829</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>