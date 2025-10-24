--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R666b4785da0b463e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R578571b2545448fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb81413a0bb04c2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re958a0bc441840b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2987c3e3dcc04150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb81413a0bb04c2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra20a931d0e4746f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re958a0bc441840b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Game Industry A: Hardcore Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L327</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>136,994</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,183</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,831</x:t>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>