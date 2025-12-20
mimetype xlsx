--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R578571b2545448fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d1f1da2423d4c5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re958a0bc441840b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra345ae69510d49c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra20a931d0e4746f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re958a0bc441840b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a47b75b6f4743a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra345ae69510d49c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Game Industry A: Hardcore Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L327</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,599 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>141,589</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>