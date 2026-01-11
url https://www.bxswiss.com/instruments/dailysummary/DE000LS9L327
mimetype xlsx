--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d1f1da2423d4c5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8c436d1209843b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra345ae69510d49c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a1ec30209434994"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a47b75b6f4743a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra345ae69510d49c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22d49d488e5b4f65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a1ec30209434994" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Game Industry A: Hardcore Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L327</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,599 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...97 lines deleted...]
-          <x:t>140,345</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,519</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>139,768</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,896</x:t>
-[...328 lines deleted...]
-          <x:t>139,529</x:t>
+          <x:t>140,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>