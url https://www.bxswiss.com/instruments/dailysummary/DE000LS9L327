--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8c436d1209843b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf75095aec30e4801" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a1ec30209434994"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcb046394e674a33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22d49d488e5b4f65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a1ec30209434994" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b4f54b18f9f4d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcb046394e674a33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Game Industry A: Hardcore Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L327</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>140,170</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>