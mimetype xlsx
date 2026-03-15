--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf75095aec30e4801" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38422124127244ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcb046394e674a33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda417e2c91b64792"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b4f54b18f9f4d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcb046394e674a33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd77eb35d9cb34c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda417e2c91b64792" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Game Industry A: Hardcore Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L327</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>