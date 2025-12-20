--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5192068ccfa74981" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf33fc73552e443ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R042424456aae477a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33b926c3b33a4a8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9735274984a4add" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R042424456aae477a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8537707cfc3e4e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33b926c3b33a4a8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Value Anlage</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L2Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>190,665</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>