--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf33fc73552e443ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0553f8010404749" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33b926c3b33a4a8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80de38881f484136"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8537707cfc3e4e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33b926c3b33a4a8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2653112165742f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80de38881f484136" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Value Anlage</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L2Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>186,181</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,227</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>185,603</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>