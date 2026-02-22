--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0553f8010404749" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77e9b4f82dd844dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80de38881f484136"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69a6f005161c4539"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2653112165742f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80de38881f484136" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e58782c057e4a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69a6f005161c4539" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Value Anlage</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L2Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>191,836</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>