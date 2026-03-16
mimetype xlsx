--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77e9b4f82dd844dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aea8d61aed7458a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69a6f005161c4539"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7636cdc889f24cbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e58782c057e4a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69a6f005161c4539" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12f10d9e6f21463c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7636cdc889f24cbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Value Anlage</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L2Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,565</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>