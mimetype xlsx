--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref8aabd6f0c247b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R893a876ff7094f4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f682e2f8e724dfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65d3b6ab616d4653"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba3cd958d5ba40ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f682e2f8e724dfb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00134f9a83ff4016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65d3b6ab616d4653" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Magic Miners</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1T9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.137,674</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.152,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.164,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.164,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>