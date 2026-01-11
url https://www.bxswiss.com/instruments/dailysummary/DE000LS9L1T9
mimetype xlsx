--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R893a876ff7094f4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a510ffbe9434f4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65d3b6ab616d4653"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87cb25e150c54f40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00134f9a83ff4016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65d3b6ab616d4653" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R167b21f0c64145f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87cb25e150c54f40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Magic Miners</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1T9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.177,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.179,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.177,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.179,893</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.164,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.174,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.163,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.172,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>