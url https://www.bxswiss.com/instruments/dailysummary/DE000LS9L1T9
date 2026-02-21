--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a510ffbe9434f4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffd653af94034b7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87cb25e150c54f40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb331795e2e94127"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R167b21f0c64145f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87cb25e150c54f40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R747d7dae9f1741a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb331795e2e94127" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Magic Miners</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1T9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.214,102</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>