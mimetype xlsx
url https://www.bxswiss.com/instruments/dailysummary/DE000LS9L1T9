--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffd653af94034b7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6cc16e555784d8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb331795e2e94127"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e594ddc452040b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R747d7dae9f1741a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb331795e2e94127" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53a88b15749849f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e594ddc452040b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Magic Miners</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1T9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.200,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.202,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.195,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.202,391</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.210,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.217,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.208,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.215,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>