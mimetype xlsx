--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82c70ffa0d474124" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3884d05e44eb4f1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re910bf03b8884bab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree478725bd4545ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dbc3d968bae4a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re910bf03b8884bab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd56b9de6b5d4e2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree478725bd4545ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dt. Aktien-Momentum-Protect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1S1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>1.534,956</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.523,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.520,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.535,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.507,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.580,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.585,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.585,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.581,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.584,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.574,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.584,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.585,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.574,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.591,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.591,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.567,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.582,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.589,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.544,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.551,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.547,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.535,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.577,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.576,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.580,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.560,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.567,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.541,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.557,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.541,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.552,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.539,436</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1.543,618</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.550,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.565,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.557,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.570,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.559,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.578,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.558,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.575,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.553,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.592,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.592,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.527,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.527,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.532,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.502,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.530,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.540,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.543,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.532,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.547,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.519,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.557,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.576,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.555,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.576,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.559,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.543,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.550,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>