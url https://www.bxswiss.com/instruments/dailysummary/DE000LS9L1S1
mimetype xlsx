--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3884d05e44eb4f1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d5c8c5a5eaa44c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree478725bd4545ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00accd1c8837426b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd56b9de6b5d4e2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree478725bd4545ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99789342705e40a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00accd1c8837426b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dt. Aktien-Momentum-Protect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1S1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.559,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.578,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.558,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.569,627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.545,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.563,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.543,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.550,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.546,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.552,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.525,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.540,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.553,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.565,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.583,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.562,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.580,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.575,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.560,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.578,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.592,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.580,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.544,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.583,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.577,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.529,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.529,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.535,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.562,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.502,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.459,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.439,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.503,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.465,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>