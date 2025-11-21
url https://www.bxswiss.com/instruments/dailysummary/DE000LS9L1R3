--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4635edd46444b2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re37578b9cb904d33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6ed528fbbd8469c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8b8a2b866544d9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red77928db0db4497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6ed528fbbd8469c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cbd6ff8bcf6490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8b8a2b866544d9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Star-International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1R3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>131,323</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,820</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>132,412</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>