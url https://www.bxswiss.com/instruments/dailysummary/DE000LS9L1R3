--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re37578b9cb904d33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce1707d2e9ce4c1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8b8a2b866544d9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R932779696bb848b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cbd6ff8bcf6490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8b8a2b866544d9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0348d10837f4e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R932779696bb848b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Star-International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1R3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...242 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,370</x:t>
-[...242 lines deleted...]
-          <x:t>135,324</x:t>
+          <x:t>131,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,322</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>132,289</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>