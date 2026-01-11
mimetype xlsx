--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce1707d2e9ce4c1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R359b5f0ad5764ff8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R932779696bb848b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1936976626af441e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0348d10837f4e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R932779696bb848b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b597518d7a749a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1936976626af441e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Star-International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1R3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>134,618</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,317</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...101 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,406</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>