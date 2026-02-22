--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R359b5f0ad5764ff8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80eef84ece0641ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1936976626af441e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R073546cb372c45f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b597518d7a749a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1936976626af441e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1daf58e44c314349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R073546cb372c45f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Star-International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1R3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>139,270</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>