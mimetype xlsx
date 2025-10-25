--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae5a8023145542ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a98b25996164713" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbafa04d93cfa4a79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a12b53889574f1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re776128c81e64fb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbafa04d93cfa4a79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55d1a6c830ea441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a12b53889574f1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mü Capital Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1P7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>