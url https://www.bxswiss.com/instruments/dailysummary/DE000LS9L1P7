--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a98b25996164713" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f3b1f95ca42483f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a12b53889574f1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R795bcab6cb1543da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55d1a6c830ea441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a12b53889574f1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf26d8e354c734267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R795bcab6cb1543da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mü Capital Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1P7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>128,698</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>