--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f3b1f95ca42483f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff92144bfb034b2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R795bcab6cb1543da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e37396cc28945b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf26d8e354c734267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R795bcab6cb1543da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14ee1a60b7944427" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e37396cc28945b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mü Capital Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1P7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>