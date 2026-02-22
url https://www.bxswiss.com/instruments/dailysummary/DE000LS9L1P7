--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff92144bfb034b2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re126302fe98f4f67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e37396cc28945b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba710036763c4c32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14ee1a60b7944427" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e37396cc28945b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf84162c2800d46a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba710036763c4c32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mü Capital Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1P7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>124,500</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,644</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>125,413</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>