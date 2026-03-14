--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re126302fe98f4f67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a7450b5b2494134" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba710036763c4c32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaec8564188b445f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf84162c2800d46a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba710036763c4c32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03baa799ca9a47d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaec8564188b445f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mü Capital Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1P7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>