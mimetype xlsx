--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12151ebf37254b2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra967872bb9fb45da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R101f8a0327084e5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17cbe45f4df9441a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda258b4bb9b49fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R101f8a0327084e5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc34e96f53804079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17cbe45f4df9441a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Cyber Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1N2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,138</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>