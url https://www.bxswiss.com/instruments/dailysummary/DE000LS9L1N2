--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra967872bb9fb45da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a9c55a47d7840ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17cbe45f4df9441a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57806fda1b6041d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc34e96f53804079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17cbe45f4df9441a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8727f4d4d4e41d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57806fda1b6041d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Cyber Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1N2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>226,666</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>