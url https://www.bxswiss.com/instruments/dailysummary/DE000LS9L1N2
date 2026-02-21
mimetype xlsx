--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a9c55a47d7840ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49667389f9854569" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57806fda1b6041d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ac6375c92d54985"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8727f4d4d4e41d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57806fda1b6041d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81791b6dac0f4083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ac6375c92d54985" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Cyber Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1N2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>224,613</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>