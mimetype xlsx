--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9fefb0fc3aa47c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eb46d826b544c0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ea57a92ee82477a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcc66e08abad43ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41231d148ed84cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ea57a92ee82477a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d7d062fc2364eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcc66e08abad43ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BCCA German Small Cap Opp.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1K8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...512 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,797</x:t>
-[...107 lines deleted...]
-          <x:t>152,661</x:t>
+          <x:t>152,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,325</x:t>
+          <x:t>152,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>