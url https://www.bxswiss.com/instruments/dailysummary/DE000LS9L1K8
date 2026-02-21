--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eb46d826b544c0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e62f423efec46d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcc66e08abad43ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfefd1f3df3374c62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d7d062fc2364eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcc66e08abad43ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R832c6e54394045a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfefd1f3df3374c62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BCCA German Small Cap Opp.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1K8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>151,697</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>