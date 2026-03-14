--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e62f423efec46d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f69161a423a40f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfefd1f3df3374c62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0686fee095bd46b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R832c6e54394045a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfefd1f3df3374c62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17d7770bc9a543b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0686fee095bd46b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BCCA German Small Cap Opp.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1K8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,272</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>