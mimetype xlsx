--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re528a0eeae294134" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54e42a84f3db4071" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16ef6550a915457e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3bdbb16b07c4c28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85c28455b05a4433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16ef6550a915457e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32c44c2cf39d4867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3bdbb16b07c4c28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SInvestments Wachstum Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1F8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,031</x:t>
-[...183 lines deleted...]
-          <x:t>126,114</x:t>
+          <x:t>125,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,896</x:t>
-[...274 lines deleted...]
-          <x:t>128,222</x:t>
+          <x:t>125,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>