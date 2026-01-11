--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54e42a84f3db4071" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea3cc3ff68c4a87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3bdbb16b07c4c28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra84e111351704bcc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32c44c2cf39d4867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3bdbb16b07c4c28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7068ba06823d458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra84e111351704bcc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SInvestments Wachstum Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1F8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>123,651</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>