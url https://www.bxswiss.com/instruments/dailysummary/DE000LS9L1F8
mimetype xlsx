--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea3cc3ff68c4a87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67dfe2fa4ae64771" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra84e111351704bcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8cdb4eacf4f48a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7068ba06823d458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra84e111351704bcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2658542796b1459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8cdb4eacf4f48a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SInvestments Wachstum Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1F8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>126,291</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,910</x:t>
-[...215 lines deleted...]
-          <x:t>130,131</x:t>
+          <x:t>125,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>