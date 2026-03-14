--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67dfe2fa4ae64771" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86adb968f0c84996" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8cdb4eacf4f48a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf230e59777d42e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2658542796b1459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8cdb4eacf4f48a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76a0a4756dae473d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf230e59777d42e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SInvestments Wachstum Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1F8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,788</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>