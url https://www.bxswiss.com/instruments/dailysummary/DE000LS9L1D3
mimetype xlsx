--- v0 (2025-10-31)
+++ v1 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d81ffc019bc4cca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c63c027f8824d9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3500c628af4e4bbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R924fd55033a342ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9a1a5d4f4e0419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3500c628af4e4bbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15928356bc1143c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R924fd55033a342ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valueschoepfer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1D3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,865</x:t>
-[...107 lines deleted...]
-          <x:t>93,782</x:t>
+          <x:t>93,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,575</x:t>
-[...156 lines deleted...]
-          <x:t>93,198</x:t>
+          <x:t>93,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,299</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>92,733</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,307</x:t>
-[...220 lines deleted...]
-          <x:t>92,847</x:t>
+          <x:t>92,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>