--- v1 (2026-01-05)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c63c027f8824d9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R116c5fe97b2a4396" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R924fd55033a342ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab50c7be610d4130"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15928356bc1143c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R924fd55033a342ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56ab00d3354c436d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab50c7be610d4130" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valueschoepfer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1D3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>92,895</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>