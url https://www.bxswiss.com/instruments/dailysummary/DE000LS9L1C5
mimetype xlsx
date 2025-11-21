--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf374c620a3654779" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaf4ad05cb9a4f3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ee1d096972a405b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc67c35617a4a4dd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d10875416a7467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ee1d096972a405b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbab807d565ee403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc67c35617a4a4dd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Micro+Small+Mid-Caps DACH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1C5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,156</x:t>
-[...414 lines deleted...]
-          <x:t>101,370</x:t>
+          <x:t>100,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>