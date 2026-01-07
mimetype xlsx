--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaf4ad05cb9a4f3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6241ebbfc4054d1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc67c35617a4a4dd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a60ef7f752d4c36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbab807d565ee403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc67c35617a4a4dd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49912039dce944cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a60ef7f752d4c36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Micro+Small+Mid-Caps DACH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1C5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...112 lines deleted...]
-          <x:t>100,700</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,606</x:t>
-[...291 lines deleted...]
-          <x:t>100,699</x:t>
+          <x:t>101,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,397</x:t>
-[...215 lines deleted...]
-          <x:t>99,578</x:t>
+          <x:t>99,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>