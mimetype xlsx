--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6241ebbfc4054d1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2871b8ad434b418e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a60ef7f752d4c36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9c05d6cdb024b0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49912039dce944cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a60ef7f752d4c36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d28ebf5acbd455f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9c05d6cdb024b0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Micro+Small+Mid-Caps DACH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1C5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>101,443</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>