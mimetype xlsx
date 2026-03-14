--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2871b8ad434b418e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba44e135f1124378" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9c05d6cdb024b0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf70bd44e8a404423"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d28ebf5acbd455f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9c05d6cdb024b0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4145b42ae3f444b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf70bd44e8a404423" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Micro+Small+Mid-Caps DACH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1C5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>99,567</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,909</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...285 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>