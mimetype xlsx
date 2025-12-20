--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R527ca5e72d11437a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd443f3fa635d4a5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe165f0f9fc24334"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e9e2cc8df854d6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41eaae12e2f847da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe165f0f9fc24334" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba00718441cd4373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e9e2cc8df854d6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren statt Traden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1B7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>124,460</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>