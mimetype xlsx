--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd443f3fa635d4a5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1392859f0e94d0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e9e2cc8df854d6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa52731a0f324052"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba00718441cd4373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e9e2cc8df854d6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77b4522267484997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa52731a0f324052" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren statt Traden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1B7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>114,681</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,694</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>