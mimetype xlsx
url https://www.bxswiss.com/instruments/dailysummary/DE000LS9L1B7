--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1392859f0e94d0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2d36cd5535547b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa52731a0f324052"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4856d4d62df04da9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77b4522267484997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa52731a0f324052" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70bf0cb20780414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4856d4d62df04da9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren statt Traden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1B7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>