--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b2daf626cae4eb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38e78fa003874b47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55e3043608c44e96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8919f0a07b34de9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6585e7f498114a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55e3043608c44e96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf535c54df56847e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8919f0a07b34de9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Relative Stärke nach Levy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1A9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>