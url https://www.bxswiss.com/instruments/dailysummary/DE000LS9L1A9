--- v1 (2025-10-26)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38e78fa003874b47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bc5c7b018744a22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8919f0a07b34de9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fb0e435e2324768"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf535c54df56847e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8919f0a07b34de9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb95020c49a64919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fb0e435e2324768" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Relative Stärke nach Levy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1A9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>133,510</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>