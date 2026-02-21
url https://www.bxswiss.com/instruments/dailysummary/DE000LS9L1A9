--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bc5c7b018744a22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dc3fc567f474a7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fb0e435e2324768"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8745f7f1a174d76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb95020c49a64919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fb0e435e2324768" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55a76fb29d6b473a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8745f7f1a174d76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Relative Stärke nach Levy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L1A9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>137,431</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>