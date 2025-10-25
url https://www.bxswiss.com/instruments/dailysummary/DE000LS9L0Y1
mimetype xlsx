--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b43e3375562468d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01d8fcb67b904c13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17f800c763e24b4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb17f61fe1f354818"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02333176ca7549cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17f800c763e24b4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R050ee0742b0242a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb17f61fe1f354818" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sector Mix Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0Y1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,831</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -484,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>