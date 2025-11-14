--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01d8fcb67b904c13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6bee494cb234b96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb17f61fe1f354818"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2aaf0968ee549d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R050ee0742b0242a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb17f61fe1f354818" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13ce44625440475c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2aaf0968ee549d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sector Mix Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0Y1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>121,117</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,873</x:t>
-[...485 lines deleted...]
-          <x:t>121,943</x:t>
+          <x:t>117,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>