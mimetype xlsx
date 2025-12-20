--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6bee494cb234b96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R898faa10c4cf4db8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2aaf0968ee549d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R995c06920c4442ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13ce44625440475c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2aaf0968ee549d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4bb25b8b7e44d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R995c06920c4442ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sector Mix Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0Y1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...166 lines deleted...]
-          <x:t>132,822</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,831</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>113,271</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>