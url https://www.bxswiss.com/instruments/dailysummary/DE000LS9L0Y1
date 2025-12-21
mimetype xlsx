--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R898faa10c4cf4db8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31faad1c54484bab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R995c06920c4442ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61946fd2b87a474f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4bb25b8b7e44d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R995c06920c4442ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1715d465837c4c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61946fd2b87a474f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sector Mix Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0Y1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>