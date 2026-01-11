--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31faad1c54484bab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddc6cc43c62c44ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61946fd2b87a474f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc492c149a524bdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1715d465837c4c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61946fd2b87a474f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31b3485185da4dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc492c149a524bdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sector Mix Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0Y1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,298</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>