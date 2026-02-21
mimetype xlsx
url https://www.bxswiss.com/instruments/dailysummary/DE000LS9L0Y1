--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddc6cc43c62c44ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebc1e41dc1dd4510" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc492c149a524bdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb39bb689ab6e4dab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31b3485185da4dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc492c149a524bdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c304aee82864fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb39bb689ab6e4dab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sector Mix Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0Y1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>152,339</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>