--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebc1e41dc1dd4510" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra59ad605622b4473" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb39bb689ab6e4dab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47c53b8365d44695"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c304aee82864fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb39bb689ab6e4dab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91c7e754a262448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47c53b8365d44695" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sector Mix Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0Y1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,573</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>