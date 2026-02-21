--- v0 (2025-10-25)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80c0026f5e864d3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86e95afe4ac6459d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cc6e1d5b2444f66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0d5e7b324e64b3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd0ff89ebdb542b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cc6e1d5b2444f66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41e403a3d8144ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0d5e7b324e64b3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Underdogs geringes Marktkapital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0W5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>140,339</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>