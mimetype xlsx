--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86e95afe4ac6459d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc29db82113747c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0d5e7b324e64b3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54aba609ab3146ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41e403a3d8144ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0d5e7b324e64b3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2dc1b2003234a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54aba609ab3146ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Underdogs geringes Marktkapital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0W5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>