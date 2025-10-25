--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd55886f8ba324b04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d656bf9f9c24206" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82304618c25e480b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10d3538f0d67401b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R672bf024ba8c43d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82304618c25e480b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R388b1e77f6684fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10d3538f0d67401b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PB Magic Formular Inv. Small Cap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0V7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...110 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>