--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d656bf9f9c24206" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ca6947e579e4703" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10d3538f0d67401b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a95bd79d5d4c2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R388b1e77f6684fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10d3538f0d67401b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7d5f55c476d4022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a95bd79d5d4c2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PB Magic Formular Inv. Small Cap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0V7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>