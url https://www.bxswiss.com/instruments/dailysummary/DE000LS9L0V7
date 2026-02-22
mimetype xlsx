--- v2 (2025-12-21)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ca6947e579e4703" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb67498b1a4c44622" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a95bd79d5d4c2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R459c7d66a4cc4053"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7d5f55c476d4022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a95bd79d5d4c2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra48aeab42e44423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R459c7d66a4cc4053" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PB Magic Formular Inv. Small Cap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0V7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...146 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>