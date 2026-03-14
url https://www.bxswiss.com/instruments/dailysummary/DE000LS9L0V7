--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb67498b1a4c44622" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebaad197537c4aaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R459c7d66a4cc4053"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4e5bae263d44c35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra48aeab42e44423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R459c7d66a4cc4053" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ae79ebbdc42472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4e5bae263d44c35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PB Magic Formular Inv. Small Cap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0V7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,351</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>