--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R781ab5e80cfa4ea5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R260c332291b842c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1c191dcccc743d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2e023e54ea3447e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75cdb48756444455" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1c191dcccc743d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52c34b1af30145f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2e023e54ea3447e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>wulfenstein</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0U9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,716</x:t>
-[...306 lines deleted...]
-          <x:t>142,724</x:t>
+          <x:t>142,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,179</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>