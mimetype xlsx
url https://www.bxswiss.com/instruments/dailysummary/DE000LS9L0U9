--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R260c332291b842c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b884a94eb564916" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2e023e54ea3447e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re35decefe6a64a41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52c34b1af30145f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2e023e54ea3447e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0307b56c3fe04a93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re35decefe6a64a41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>wulfenstein</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0U9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>142,736</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,258</x:t>
-[...539 lines deleted...]
-          <x:t>140,179</x:t>
+          <x:t>140,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>