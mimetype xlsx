--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b884a94eb564916" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R907acc9ec1fc4b1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re35decefe6a64a41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2739fe0373a1417e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0307b56c3fe04a93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re35decefe6a64a41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8ecb32d55e64dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2739fe0373a1417e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>wulfenstein</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0U9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,512</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>