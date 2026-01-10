--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R907acc9ec1fc4b1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R045c9b3ac80641c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2739fe0373a1417e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b5db4e65c2941fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8ecb32d55e64dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2739fe0373a1417e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2adc190b5fc481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b5db4e65c2941fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>wulfenstein</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0U9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,304</x:t>
-[...332 lines deleted...]
-        <x:is>
           <x:t>138,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,498</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>