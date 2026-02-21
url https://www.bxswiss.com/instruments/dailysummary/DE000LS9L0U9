--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R045c9b3ac80641c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra02bcdfac4334b5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b5db4e65c2941fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19887d1389eb47b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2adc190b5fc481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b5db4e65c2941fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4e73b2d230742f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19887d1389eb47b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>wulfenstein</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0U9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>140,058</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>