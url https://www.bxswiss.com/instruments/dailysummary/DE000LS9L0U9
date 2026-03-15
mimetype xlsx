--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra02bcdfac4334b5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1bedc0cb76f40fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19887d1389eb47b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31c6e21e95f5459e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4e73b2d230742f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19887d1389eb47b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5aa92078869945df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31c6e21e95f5459e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>wulfenstein</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0U9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,330</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,071</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>