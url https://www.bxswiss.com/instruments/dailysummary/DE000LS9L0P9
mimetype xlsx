--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4522d88bcce4418" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb1f72979075408a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54a4d5321a93462d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf41af8e644e4253"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b21dfa516b84e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54a4d5321a93462d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98d696de10304903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf41af8e644e4253" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silicon Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0P9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>374,318</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>