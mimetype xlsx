--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb1f72979075408a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bc1fff769884ab2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf41af8e644e4253"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b41c9ca3ee542a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98d696de10304903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf41af8e644e4253" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ba53837f43041c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b41c9ca3ee542a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silicon Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0P9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>382,626</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>