--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bc1fff769884ab2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2599cfdcb7364b3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b41c9ca3ee542a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f49b0ee37ce4ebf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ba53837f43041c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b41c9ca3ee542a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20f85db9302f4f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f49b0ee37ce4ebf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silicon Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0P9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>385,225</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>