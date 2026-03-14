--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2599cfdcb7364b3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf20edaff8573478f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f49b0ee37ce4ebf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R961f4408e19e4c13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20f85db9302f4f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f49b0ee37ce4ebf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a118a463a464735" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R961f4408e19e4c13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silicon Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0P9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,916</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>