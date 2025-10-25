--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9d1f5673be74689" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88f2420930f34974" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1af678a5ba874256"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e01be52958f4eeb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bc781b47d264fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1af678a5ba874256" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb27d5bf79d44a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e01be52958f4eeb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Trendaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0N4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>82,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>82,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,592</x:t>
-[...281 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>82,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,926</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>82,780</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>