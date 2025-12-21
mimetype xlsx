--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88f2420930f34974" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafd48762e33d4cad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e01be52958f4eeb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0289926a87814871"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb27d5bf79d44a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e01be52958f4eeb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c2cf1ca80cb4c22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0289926a87814871" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Trendaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0N4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>82,047</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>