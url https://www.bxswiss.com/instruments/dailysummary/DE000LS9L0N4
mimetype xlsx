--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafd48762e33d4cad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa1d77436f12462d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0289926a87814871"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdd5b5756ece4849"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c2cf1ca80cb4c22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0289926a87814871" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c3ba81ae7154518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdd5b5756ece4849" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Trendaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0N4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>78,577</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,513</x:t>
-[...447 lines deleted...]
-        <x:is>
           <x:t>78,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,813</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,504</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>