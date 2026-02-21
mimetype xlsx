--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa1d77436f12462d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02affdc2b17b4097" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdd5b5756ece4849"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba74ca8925d241c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c3ba81ae7154518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdd5b5756ece4849" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re358fc0717c24eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba74ca8925d241c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Trendaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0N4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>82,985</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>