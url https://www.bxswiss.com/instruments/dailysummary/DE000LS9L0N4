--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02affdc2b17b4097" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47ad1606177f4961" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba74ca8925d241c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a0648a1a2524207"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re358fc0717c24eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba74ca8925d241c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fa2df61598c4103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a0648a1a2524207" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Trendaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0N4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>80,216</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,290</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>81,509</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>