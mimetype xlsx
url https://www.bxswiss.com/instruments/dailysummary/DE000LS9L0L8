--- v0 (2025-10-18)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63a994cb4d374313" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f55f6051a3640ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb2bdc13aad34451"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd912eb1e8a424170"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ddb0df6191e4e05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb2bdc13aad34451" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10889599ac2445cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd912eb1e8a424170" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsmärkte by PatrickS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0L8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>174,363</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>