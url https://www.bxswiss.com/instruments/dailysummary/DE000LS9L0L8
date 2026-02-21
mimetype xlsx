--- v1 (2026-01-09)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f55f6051a3640ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40a76a6172044b29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd912eb1e8a424170"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2813c2e3bc94654"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10889599ac2445cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd912eb1e8a424170" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50f261ddca1748ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2813c2e3bc94654" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsmärkte by PatrickS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0L8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>169,720</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>