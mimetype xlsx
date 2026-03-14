--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40a76a6172044b29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8532220d6adf46a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2813c2e3bc94654"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra81420957d5044c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50f261ddca1748ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2813c2e3bc94654" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5c9705f533e46aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra81420957d5044c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsmärkte by PatrickS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0L8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,233</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>