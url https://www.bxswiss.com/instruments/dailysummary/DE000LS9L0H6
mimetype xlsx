--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3287232432240c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d74df3c5574594" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf33a8feac3f48b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R701257d76dc04b12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafce655f71604dc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf33a8feac3f48b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cb8d6a9005c4b43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R701257d76dc04b12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Permeabilitaet nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0H6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,398</x:t>
-[...107 lines deleted...]
-          <x:t>91,771</x:t>
+          <x:t>91,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,693</x:t>
-[...350 lines deleted...]
-          <x:t>91,432</x:t>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>