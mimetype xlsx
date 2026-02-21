--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d74df3c5574594" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05e8767027da4647" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R701257d76dc04b12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf199a619c5a42a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cb8d6a9005c4b43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R701257d76dc04b12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R407e7660250f46ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf199a619c5a42a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Permeabilitaet nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0H6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>91,741</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>