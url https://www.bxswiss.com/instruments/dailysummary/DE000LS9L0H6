--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05e8767027da4647" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf0a0aaac59f4dab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf199a619c5a42a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc83ab7dcc155458e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R407e7660250f46ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf199a619c5a42a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a73e61743cb4fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc83ab7dcc155458e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Permeabilitaet nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0H6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>90,699</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>90,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>90,497</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...273 lines deleted...]
-          <x:t>12.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,379</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>90,031</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>90,333</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>