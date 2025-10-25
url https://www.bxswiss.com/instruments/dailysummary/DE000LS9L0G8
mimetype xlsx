--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R669a1b241b39459c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5db03256f6164dfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bdcb3a9c9e54e54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e2ffe9b0c774c82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26fe75c13ceb4ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bdcb3a9c9e54e54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aec9d08b8e949df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e2ffe9b0c774c82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>zukunftsträchtige Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0G8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>