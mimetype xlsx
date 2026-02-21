--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5db03256f6164dfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82077966cde74c42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e2ffe9b0c774c82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde173f008ccd42d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aec9d08b8e949df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e2ffe9b0c774c82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ef546a7ee5045f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde173f008ccd42d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>zukunftsträchtige Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0G8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>104,445</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>