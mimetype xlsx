--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82077966cde74c42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re69ed10003f942d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde173f008ccd42d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R389fcaa324b44dc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ef546a7ee5045f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde173f008ccd42d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b4f7286e8db4a66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R389fcaa324b44dc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>zukunftsträchtige Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0G8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>