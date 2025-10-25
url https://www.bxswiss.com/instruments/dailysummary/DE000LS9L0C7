--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafdcf99eb42e4e74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48e70efd74674d3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R436275a66ed54501"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdbd3ffa47544805"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba2851c473c3418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R436275a66ed54501" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd38af9d222e74225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdbd3ffa47544805" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hanf Aktien Global Top Ten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0C7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,909</x:t>
-[...16 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,890</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>0,816</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,829</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>08.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,835</x:t>
-        </x:is>
-[...526 lines deleted...]
-          <x:t>0,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>