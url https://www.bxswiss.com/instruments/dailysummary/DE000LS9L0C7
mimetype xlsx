--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48e70efd74674d3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57ca4c09cbe04c83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdbd3ffa47544805"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77f75811750e45d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd38af9d222e74225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdbd3ffa47544805" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a25b46c77041d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77f75811750e45d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hanf Aktien Global Top Ten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0C7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,876</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,873</x:t>
-[...38 lines deleted...]
-          <x:t>0,837</x:t>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,833</x:t>
-[...259 lines deleted...]
-          <x:t>0,896</x:t>
+          <x:t>0,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,880</x:t>
-[...274 lines deleted...]
-          <x:t>0,835</x:t>
+          <x:t>0,927</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>