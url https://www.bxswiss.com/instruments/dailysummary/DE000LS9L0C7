--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57ca4c09cbe04c83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5babb7f3c76d4819" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77f75811750e45d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95bfaec899804c05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a25b46c77041d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77f75811750e45d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R291789118ce64a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95bfaec899804c05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hanf Aktien Global Top Ten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0C7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,800</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,793</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,802</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,847</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,768</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,833</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,793</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,867</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,822</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,866</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,795</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,864</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>0,927</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>