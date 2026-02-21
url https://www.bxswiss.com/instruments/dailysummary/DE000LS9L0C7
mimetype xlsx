--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5babb7f3c76d4819" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba232199feea4755" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95bfaec899804c05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R123b55038f2c4f67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R291789118ce64a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95bfaec899804c05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d2423a11b6c427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R123b55038f2c4f67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hanf Aktien Global Top Ten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0C7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,880</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,797</x:t>
-[...313 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,860</x:t>
-[...80 lines deleted...]
-          <x:t>0,869</x:t>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>