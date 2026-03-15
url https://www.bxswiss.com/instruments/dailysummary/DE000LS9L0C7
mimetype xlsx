--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba232199feea4755" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a788871a9b540bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R123b55038f2c4f67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d80a98a48094f12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d2423a11b6c427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R123b55038f2c4f67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf5306f6140d4313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d80a98a48094f12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hanf Aktien Global Top Ten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L0C7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,861</x:t>
-[...53 lines deleted...]
-          <x:t>0,860</x:t>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,829</x:t>
-[...87 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,824</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>05.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,817</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>0,828</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>