--- v0 (2025-10-04)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9688f5ade584c35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47c8175c0e4f4679" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R197214dd44844219"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R775468c534a9467a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7e35d405e7e4f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R197214dd44844219" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re32cb8e2b98e4175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R775468c534a9467a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JK Value International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L087</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>118,627</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>