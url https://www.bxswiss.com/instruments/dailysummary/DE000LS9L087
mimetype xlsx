--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47c8175c0e4f4679" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf6651dc5fd64f69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R775468c534a9467a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc1ad6d1778b44c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re32cb8e2b98e4175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R775468c534a9467a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29f263dc93974f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc1ad6d1778b44c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JK Value International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L087</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>125,842</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,763</x:t>
-[...377 lines deleted...]
-          <x:t>125,786</x:t>
+          <x:t>125,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>