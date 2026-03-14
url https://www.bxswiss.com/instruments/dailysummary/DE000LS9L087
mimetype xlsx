--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf6651dc5fd64f69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc6d409dbaf4af5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc1ad6d1778b44c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb8d24bb7d7942f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29f263dc93974f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc1ad6d1778b44c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04cea03602e84ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb8d24bb7d7942f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JK Value International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L087</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,243</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>