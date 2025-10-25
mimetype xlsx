--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfac8b59c5cd44c8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46fd7a60324746bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R870a6b90d3f742b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f21394b3cb24ca2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74f4da7137074af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R870a6b90d3f742b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc93960f077724910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f21394b3cb24ca2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L079</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>126,753</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,764</x:t>
-[...573 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>125,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,719</x:t>
+          <x:t>124,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,365</x:t>
-[...26 lines deleted...]
-          <x:t>124,351</x:t>
+          <x:t>124,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>