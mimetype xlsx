--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46fd7a60324746bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5ee9b7916ab4dee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f21394b3cb24ca2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98648cdf69684dda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc93960f077724910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f21394b3cb24ca2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R150b07c369294265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98648cdf69684dda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L079</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>126,561</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>