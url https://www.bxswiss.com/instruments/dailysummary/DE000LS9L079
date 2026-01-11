--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5ee9b7916ab4dee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9decca1f564647d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98648cdf69684dda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2b8a7dd12e4469d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R150b07c369294265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98648cdf69684dda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bcff960e26e4af6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2b8a7dd12e4469d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L079</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>122,147</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,069</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>121,841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,477</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>