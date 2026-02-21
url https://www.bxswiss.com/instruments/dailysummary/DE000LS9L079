--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9decca1f564647d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb068377d964140e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2b8a7dd12e4469d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8043270ec51745a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bcff960e26e4af6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2b8a7dd12e4469d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racad23fd84e941de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8043270ec51745a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L079</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>125,631</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>