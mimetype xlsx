--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9f80810049e4545" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c6d16d81b974516" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4fa89a14bd042b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd456ccf03ab94c4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a80cea0de714c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4fa89a14bd042b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67f29ac14cc843b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd456ccf03ab94c4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QuantInvest Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>