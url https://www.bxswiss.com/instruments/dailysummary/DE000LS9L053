--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c6d16d81b974516" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf1bbffd84e14cf1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd456ccf03ab94c4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R838d27ed40f24e44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67f29ac14cc843b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd456ccf03ab94c4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ca8229ff05b40fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R838d27ed40f24e44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QuantInvest Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>132,447</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,096</x:t>
+          <x:t>132,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,309</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>132,094</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,237</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>131,331</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>