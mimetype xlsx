--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf1bbffd84e14cf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R906e098040524e9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R838d27ed40f24e44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4c4c7c6a8294eab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ca8229ff05b40fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R838d27ed40f24e44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb0e4611bc8942b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4c4c7c6a8294eab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QuantInvest Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>132,010</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,798</x:t>
-[...556 lines deleted...]
-          <x:t>132,237</x:t>
+          <x:t>131,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,122</x:t>
+          <x:t>132,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>