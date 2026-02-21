--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R906e098040524e9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf887887fbd524660" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4c4c7c6a8294eab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ea08fbba5ec461e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb0e4611bc8942b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4c4c7c6a8294eab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R651c1f6a5ba94be4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ea08fbba5ec461e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QuantInvest Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>132,083</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>