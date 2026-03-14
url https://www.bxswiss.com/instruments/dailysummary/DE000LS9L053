--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf887887fbd524660" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1dd5f26fc1c4077" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ea08fbba5ec461e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3303893572d74939"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R651c1f6a5ba94be4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ea08fbba5ec461e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e54b83d52784304" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3303893572d74939" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QuantInvest Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>