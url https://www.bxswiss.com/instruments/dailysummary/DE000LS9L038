--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c607556a89743a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdeccb90a3434cc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R093c9ccd462e4af3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b9c89cdac8b4781"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fa85fdcea9a4e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R093c9ccd462e4af3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9317ce2aabaf41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b9c89cdac8b4781" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancenverwerter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>