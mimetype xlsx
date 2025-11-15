--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdeccb90a3434cc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90156388f9c049bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b9c89cdac8b4781"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb56b9077bce44a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9317ce2aabaf41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b9c89cdac8b4781" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R456eaaa4f3a441a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb56b9077bce44a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancenverwerter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>