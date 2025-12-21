--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90156388f9c049bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcfc35d2bf964730" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb56b9077bce44a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aed985077424de5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R456eaaa4f3a441a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb56b9077bce44a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R570b15faad88480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aed985077424de5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancenverwerter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>254,826</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,596</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>