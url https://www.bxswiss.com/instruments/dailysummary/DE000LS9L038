--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcfc35d2bf964730" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R013e8841ac2848b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aed985077424de5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab8bb2e67a3843d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R570b15faad88480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aed985077424de5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb18073dbc3b5469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab8bb2e67a3843d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancenverwerter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,034</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>