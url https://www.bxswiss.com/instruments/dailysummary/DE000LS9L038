--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R013e8841ac2848b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58c9964dd89e47ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab8bb2e67a3843d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b5c52b00dec4e14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb18073dbc3b5469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab8bb2e67a3843d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcfcc76dffe546f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b5c52b00dec4e14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancenverwerter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>254,167</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>