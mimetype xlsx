--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea287650c78f453d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90b31aaa8cbf4749" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89d6d57f0fbb4e8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd46393d939f1440d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ed78853d1542a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89d6d57f0fbb4e8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25462636adb84bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd46393d939f1440d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FutureMarkets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>199,072</x:t>
-[...387 lines deleted...]
-          <x:t>201,167</x:t>
+          <x:t>195,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>