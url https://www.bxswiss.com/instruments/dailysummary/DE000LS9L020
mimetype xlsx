--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90b31aaa8cbf4749" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5aec14965524ba2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd46393d939f1440d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bc804c257aa4f11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25462636adb84bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd46393d939f1440d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e0f965ae8334bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bc804c257aa4f11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FutureMarkets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>