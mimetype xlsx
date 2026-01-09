--- v2 (2025-11-15)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5aec14965524ba2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb25e0a7ddd40ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bc804c257aa4f11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35c3a3d6c83644e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e0f965ae8334bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bc804c257aa4f11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1280f214ba74669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35c3a3d6c83644e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FutureMarkets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>183,400</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,366</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>