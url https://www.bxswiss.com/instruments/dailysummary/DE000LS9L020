--- v3 (2026-01-09)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb25e0a7ddd40ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b7d7a0962de4da2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35c3a3d6c83644e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra24fb55bd344414e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1280f214ba74669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35c3a3d6c83644e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8fcad79b8924e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra24fb55bd344414e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FutureMarkets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,081</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,577</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>