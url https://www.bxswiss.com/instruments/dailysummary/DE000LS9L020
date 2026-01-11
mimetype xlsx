--- v4 (2026-01-10)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b7d7a0962de4da2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a08529f728746b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra24fb55bd344414e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34cf722ab5b04e6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8fcad79b8924e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra24fb55bd344414e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf94aab69bb0e4bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34cf722ab5b04e6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FutureMarkets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,712</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>