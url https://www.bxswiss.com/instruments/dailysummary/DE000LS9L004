--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree09479c8d3249d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red07d1e181d94393" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bcf95623a774bba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad69efebe4b64517"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a3eee5dd84c44d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bcf95623a774bba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R676db25b9f184b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad69efebe4b64517" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mining-Stocks+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>64,004</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>15.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,102</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>64,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,979</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>63,931</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>63,816</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,951</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>63,942</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>