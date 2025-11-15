--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red07d1e181d94393" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb52247f9259d418d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad69efebe4b64517"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1217f7d992b44b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R676db25b9f184b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad69efebe4b64517" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R189748227f17481b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1217f7d992b44b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mining-Stocks+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,789</x:t>
+          <x:t>63,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,728</x:t>
-[...249 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>63,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,231</x:t>
-[...90 lines deleted...]
-          <x:t>63,316</x:t>
+          <x:t>63,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>