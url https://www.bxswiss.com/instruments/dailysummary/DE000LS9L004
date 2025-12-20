--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb52247f9259d418d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R477e0d347b814592" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1217f7d992b44b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ec7c6359df34d26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R189748227f17481b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1217f7d992b44b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3beef1384a864243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ec7c6359df34d26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mining-Stocks+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>63,742</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,551</x:t>
-[...200 lines deleted...]
-          <x:t>63,436</x:t>
+          <x:t>63,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,362</x:t>
-[...134 lines deleted...]
-          <x:t>63,524</x:t>
+          <x:t>63,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,698</x:t>
-        </x:is>
-[...241 lines deleted...]
-          <x:t>63,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>