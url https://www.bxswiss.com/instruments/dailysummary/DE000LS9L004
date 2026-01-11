--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R477e0d347b814592" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f44cf757f9d41a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ec7c6359df34d26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd68a59b41cac4099"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3beef1384a864243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ec7c6359df34d26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R233a407db9f14e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd68a59b41cac4099" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mining-Stocks+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>63,644</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,542</x:t>
-[...21 lines deleted...]
-          <x:t>63,448</x:t>
+          <x:t>63,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,661</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>63,698</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>