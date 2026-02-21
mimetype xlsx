--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f44cf757f9d41a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c0ac57e514d4ae6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd68a59b41cac4099"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R954bc0676ee94daf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R233a407db9f14e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd68a59b41cac4099" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re59b5f846f2e46a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R954bc0676ee94daf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mining-Stocks+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>63,679</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>