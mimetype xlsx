--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c0ac57e514d4ae6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99a01d598ccb4e2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R954bc0676ee94daf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re32fe0b9632747b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re59b5f846f2e46a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R954bc0676ee94daf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59f153194cc24834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re32fe0b9632747b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mining-Stocks+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>