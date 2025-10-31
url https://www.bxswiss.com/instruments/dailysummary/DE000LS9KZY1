--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2827059e38a8430c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fbfbb86c3d8454f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0a0f34f824b4938"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R395aa8af95c24890"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4eb83348f1494665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0a0f34f824b4938" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re788f7ef0a2046cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R395aa8af95c24890" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investment Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,164</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>