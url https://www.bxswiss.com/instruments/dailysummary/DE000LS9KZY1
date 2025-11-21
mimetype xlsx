--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fbfbb86c3d8454f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R827069cb8ca547d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R395aa8af95c24890"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10c66e88b1774a74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re788f7ef0a2046cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R395aa8af95c24890" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb92f97d0bc64cd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10c66e88b1774a74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investment Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,638</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>