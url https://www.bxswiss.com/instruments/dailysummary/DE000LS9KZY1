--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R827069cb8ca547d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc21ebcf372b54e24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10c66e88b1774a74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rface7312c31242c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb92f97d0bc64cd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10c66e88b1774a74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0ca4e07fde44457" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rface7312c31242c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investment Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...485 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,510</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>329,923</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>