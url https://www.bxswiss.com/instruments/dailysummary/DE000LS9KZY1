--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc21ebcf372b54e24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6499179117da43a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rface7312c31242c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ccdc074284848ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0ca4e07fde44457" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rface7312c31242c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36856ce5fad44775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ccdc074284848ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investment Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,140</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>