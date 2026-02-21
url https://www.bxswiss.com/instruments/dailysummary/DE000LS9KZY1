--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6499179117da43a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab78fbf52d5c4708" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ccdc074284848ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0c46bf31c3844cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36856ce5fad44775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ccdc074284848ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d1b33dd34bc4f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0c46bf31c3844cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investment Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,653 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>353,043</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>