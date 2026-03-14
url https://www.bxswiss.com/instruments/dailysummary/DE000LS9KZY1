--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab78fbf52d5c4708" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd82249c90f274c0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0c46bf31c3844cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6217ce31a1a4757"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d1b33dd34bc4f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0c46bf31c3844cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15007911b7a448a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6217ce31a1a4757" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investment Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,746</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -771,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>