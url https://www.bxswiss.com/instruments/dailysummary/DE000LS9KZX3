--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb10fde4cc0a4b6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfe9cf2c21b0408c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d25057110ba4e7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6195f9ef5d2945b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb353f71059fc4203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d25057110ba4e7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e12325f61394dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6195f9ef5d2945b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kleine Marktführer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,184</x:t>
-[...124 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>138,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,836</x:t>
-[...306 lines deleted...]
-          <x:t>137,853</x:t>
+          <x:t>140,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,689</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>