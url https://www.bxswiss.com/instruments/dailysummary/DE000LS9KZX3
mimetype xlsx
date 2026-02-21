--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfe9cf2c21b0408c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4da01353e14240db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6195f9ef5d2945b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5f85d68cd1e41fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e12325f61394dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6195f9ef5d2945b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R042ea44063cb4798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5f85d68cd1e41fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kleine Marktführer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>138,318</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,722</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>142,689</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>