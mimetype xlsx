--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4da01353e14240db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97303ef64bdf45fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5f85d68cd1e41fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1697d7fb27614b44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R042ea44063cb4798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5f85d68cd1e41fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeea53c8bbb142bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1697d7fb27614b44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kleine Marktführer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>138,500</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,037</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>137,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,924</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>