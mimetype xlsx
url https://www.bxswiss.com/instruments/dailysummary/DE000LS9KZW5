--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd19d17ebc6b457c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c93ed81494d431e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R389e8f0a8d3e4a14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50659b9d89c243de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c1a7851ac7b4da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R389e8f0a8d3e4a14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad1f23b6fe6e4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50659b9d89c243de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>8,692</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>10,023</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>