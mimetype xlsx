--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c93ed81494d431e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53c1c4ac61734f81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50659b9d89c243de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf89926a971c4bd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad1f23b6fe6e4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50659b9d89c243de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40be89dcee424594" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf89926a971c4bd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>9,466</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,384</x:t>
-[...193 lines deleted...]
-          <x:t>8,986</x:t>
+          <x:t>9,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>