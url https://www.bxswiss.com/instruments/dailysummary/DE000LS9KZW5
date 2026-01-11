--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53c1c4ac61734f81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re693312d75fa4ef8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf89926a971c4bd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e2b52b25619449b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40be89dcee424594" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf89926a971c4bd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69616206972441a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e2b52b25619449b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,576</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>