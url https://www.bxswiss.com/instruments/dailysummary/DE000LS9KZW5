--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re693312d75fa4ef8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra11467a1af3e498a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e2b52b25619449b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6169b77641f41a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69616206972441a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e2b52b25619449b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaa048c763ba484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6169b77641f41a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>8,365</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,371</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...181 lines deleted...]
-          <x:t>8,576</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>