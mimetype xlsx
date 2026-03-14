--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra11467a1af3e498a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42ef584e3ff64be6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6169b77641f41a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88bc3e5e2dcc447c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaa048c763ba484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6169b77641f41a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf04a04f668644c95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88bc3e5e2dcc447c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>7,228</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,257</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>7,366</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,328</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>7,313</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>7,112</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>19.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,213</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>7,477</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>