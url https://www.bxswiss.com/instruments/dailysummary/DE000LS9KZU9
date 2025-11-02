--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e69bb47e67b4b38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b8289b4d49b44b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8022118a2db9444b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae77c866b1d44009"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra00a5c3cb8254981" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8022118a2db9444b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9863eb67481f4d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae77c866b1d44009" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsmarkt Gesundheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>