--- v1 (2025-11-02)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b8289b4d49b44b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc15a901449f24773" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae77c866b1d44009"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8367105a67b4a7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9863eb67481f4d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae77c866b1d44009" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf168d6db33a94031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8367105a67b4a7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsmarkt Gesundheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>36,065</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>