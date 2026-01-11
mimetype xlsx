--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc15a901449f24773" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R469ce4163691428a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8367105a67b4a7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra87931881f9f409c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf168d6db33a94031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8367105a67b4a7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf62064199b8c422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra87931881f9f409c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsmarkt Gesundheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,861</x:t>
@@ -764,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>