--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R469ce4163691428a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda21a6568be94b5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra87931881f9f409c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aba7f301cde47c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf62064199b8c422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra87931881f9f409c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd4b0ed468f64c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aba7f301cde47c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsmarkt Gesundheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>36,929</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>