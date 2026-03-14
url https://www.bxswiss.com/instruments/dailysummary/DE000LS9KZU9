--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda21a6568be94b5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff0ddcce87ec4792" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aba7f301cde47c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72f8454ee4a34d9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd4b0ed468f64c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aba7f301cde47c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3111c6d23494972" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72f8454ee4a34d9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsmarkt Gesundheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...237 lines deleted...]
-          <x:t>38,578</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,615</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>37,561</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,726</x:t>
-[...247 lines deleted...]
-          <x:t>37,765</x:t>
+          <x:t>37,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>