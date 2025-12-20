--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cb9715b12004422" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fade1749dc34575" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aec4bf1b4b54c57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9334a88f9b3f499a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2336ff876e443ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aec4bf1b4b54c57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2e3f7638e4945da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9334a88f9b3f499a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitcoin Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2.228,715</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.565,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.689,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.647,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.639,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.568,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.582,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.450,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.456,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.557,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.546,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.564,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.558,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.586,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.450,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.450,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.591,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.559,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.635,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.570,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.635,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.570,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.581,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.592,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.547,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.578,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.560,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.676,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.647,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.605,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.567,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.576,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.503,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.530,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.530,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.421,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.441,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.403,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.421,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.421,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.422,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>