--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fade1749dc34575" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd60697affbe4916" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9334a88f9b3f499a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95d2407f6ba64dca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2e3f7638e4945da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9334a88f9b3f499a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R519001a508b14e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95d2407f6ba64dca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitcoin Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.647,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.663,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.605,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.626,994</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.391,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.424,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.386,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.422,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.401,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.402,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.338,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.343,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.342,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.425,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.492,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.419,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.435,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.421,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>