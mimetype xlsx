--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd60697affbe4916" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49b4c9e26e5c4d51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95d2407f6ba64dca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7612589c2da44160"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R519001a508b14e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95d2407f6ba64dca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03c43d1aa14c448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7612589c2da44160" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitcoin Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.487,856</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.441,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.421,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.435,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.435,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.429,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.419,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.313,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.315,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.244,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.272,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.255,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.064,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.064,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>982,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>982,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.031,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.077,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.140,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.139,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.140,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.146,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.164,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,781</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>