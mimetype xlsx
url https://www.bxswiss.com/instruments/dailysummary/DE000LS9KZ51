--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49b4c9e26e5c4d51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28ffdde77c424902" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7612589c2da44160"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4376e5b28aa4120"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03c43d1aa14c448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7612589c2da44160" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60d0ac9f99f34b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4376e5b28aa4120" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitcoin Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.102,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.115,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.057,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.057,219</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.144,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.164,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.122,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.135,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.052,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.252,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>