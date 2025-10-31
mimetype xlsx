--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra90cba9c59a342f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R096878fa282d4b3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb50d0ddcddde4ba8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd45bc85353dd4995"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd35e8c81ac5d4cc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb50d0ddcddde4ba8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24b920cb020a4c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd45bc85353dd4995" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AT Werteverlierer Donnerstag</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>