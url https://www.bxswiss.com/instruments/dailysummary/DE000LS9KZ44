--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R096878fa282d4b3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd9a06570070446a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd45bc85353dd4995"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbce49721d844871"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24b920cb020a4c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd45bc85353dd4995" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2970a4a927a44905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbce49721d844871" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AT Werteverlierer Donnerstag</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>