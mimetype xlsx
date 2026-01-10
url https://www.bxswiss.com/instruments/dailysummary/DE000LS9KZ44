--- v2 (2025-11-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd9a06570070446a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66f2ac9499df41b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbce49721d844871"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ce4c6a77fd14747"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2970a4a927a44905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbce49721d844871" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d126c03c3ac4cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ce4c6a77fd14747" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AT Werteverlierer Donnerstag</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...338 lines deleted...]
-          <x:t>79,710</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,748</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>78,156</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>