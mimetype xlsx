--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66f2ac9499df41b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d99e920ee47477f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ce4c6a77fd14747"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aa46bc0da7f49b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d126c03c3ac4cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ce4c6a77fd14747" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4402f1b7ea4466c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aa46bc0da7f49b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AT Werteverlierer Donnerstag</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...436 lines deleted...]
-          <x:t>82,729</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,181</x:t>
-[...31 lines deleted...]
-          <x:t>82,952</x:t>
+          <x:t>82,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>