--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d99e920ee47477f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd4c5469e6384408" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aa46bc0da7f49b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c273ac07b324aa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4402f1b7ea4466c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aa46bc0da7f49b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea7574a7e1154452" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c273ac07b324aa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AT Werteverlierer Donnerstag</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,797</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>