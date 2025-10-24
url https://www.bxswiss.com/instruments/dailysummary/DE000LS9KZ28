--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aa62e87ecc34264" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23980132efbf468c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a22eb54615c4afb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3350ce5e54c44b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf07c06e9ea9f4f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a22eb54615c4afb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd146eea2c7d94ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3350ce5e54c44b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Extended Levermann Approach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,847</x:t>
-[...495 lines deleted...]
-          <x:t>51,959</x:t>
+          <x:t>53,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>