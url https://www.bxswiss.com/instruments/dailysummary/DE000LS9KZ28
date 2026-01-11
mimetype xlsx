--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23980132efbf468c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d37bb0f82dd42eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3350ce5e54c44b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43be8523df6f4c6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd146eea2c7d94ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3350ce5e54c44b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19d868aa1c414430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43be8523df6f4c6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Extended Levermann Approach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>53,233</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>