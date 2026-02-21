--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d37bb0f82dd42eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8742a90583634157" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43be8523df6f4c6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f2271ee30e2475e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19d868aa1c414430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43be8523df6f4c6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7ad86e2427d4230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f2271ee30e2475e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Extended Levermann Approach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,144 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...111 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>