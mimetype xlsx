--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8742a90583634157" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3c80fa014414a94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f2271ee30e2475e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re89b3de8dc164f87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7ad86e2427d4230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f2271ee30e2475e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R385f55841ee04802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re89b3de8dc164f87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Extended Levermann Approach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>