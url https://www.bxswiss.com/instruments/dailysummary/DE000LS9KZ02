--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6039a56e84ba4a71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree1e28d5abe64011" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e98d8c8bf604ff7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a55abd348d949b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44c7b3397c594ec3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e98d8c8bf604ff7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbed43bec8da24485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a55abd348d949b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wonderful Companys Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,906</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>