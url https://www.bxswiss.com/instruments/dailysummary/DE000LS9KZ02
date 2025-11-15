--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree1e28d5abe64011" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re586c82196c3451e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a55abd348d949b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17bdd37b88444092"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbed43bec8da24485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a55abd348d949b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R806ffc4ade994ee2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17bdd37b88444092" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wonderful Companys Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,289</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>