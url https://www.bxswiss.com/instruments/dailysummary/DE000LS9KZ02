--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re586c82196c3451e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63c1b78c9ecc4dbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17bdd37b88444092"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c795ca2c0764f62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R806ffc4ade994ee2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17bdd37b88444092" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6af2e6f2a35944b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c795ca2c0764f62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wonderful Companys Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>278,788</x:t>
-[...549 lines deleted...]
-          <x:t>271,484</x:t>
+          <x:t>266,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>