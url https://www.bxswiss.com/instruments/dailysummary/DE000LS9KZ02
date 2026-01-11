--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63c1b78c9ecc4dbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3dd2a8ccf17471e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c795ca2c0764f62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e0185954d884fcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6af2e6f2a35944b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c795ca2c0764f62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8277a9d6b02e441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e0185954d884fcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wonderful Companys Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>