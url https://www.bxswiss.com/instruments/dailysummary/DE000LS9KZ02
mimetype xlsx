--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3dd2a8ccf17471e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd703e02e5d44b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e0185954d884fcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf578ed247774c40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8277a9d6b02e441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e0185954d884fcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3283d406ff554f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf578ed247774c40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wonderful Companys Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>290,658</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>