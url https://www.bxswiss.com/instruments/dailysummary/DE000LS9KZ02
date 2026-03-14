--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd703e02e5d44b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aa2be3d6c2f4d13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf578ed247774c40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64b2d09634744148"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3283d406ff554f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf578ed247774c40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R194bdabeb282426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64b2d09634744148" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wonderful Companys Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KZ02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,658</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,779</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>