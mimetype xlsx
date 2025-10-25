--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1392a0d9d5e649cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ab3abf21b4d4f89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bf39c491d5e42a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce238b9cbfed4df5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb73705158d0d47c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bf39c491d5e42a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d103c51bd2443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce238b9cbfed4df5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Merger Arbitrage Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>109,281</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,120</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>109,442</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,085</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>110,166</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>