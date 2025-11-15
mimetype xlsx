--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ab3abf21b4d4f89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83e14a7df2d84dcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce238b9cbfed4df5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80916c4b901d4d93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d103c51bd2443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce238b9cbfed4df5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f5422cd08ee4298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80916c4b901d4d93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Merger Arbitrage Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>109,442</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,085</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...455 lines deleted...]
-          <x:t>108,626</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,806</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...101 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>