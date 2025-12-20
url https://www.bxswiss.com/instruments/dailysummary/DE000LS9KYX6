--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83e14a7df2d84dcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R076e8b584b5f43fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80916c4b901d4d93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90d6268ce48442e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f5422cd08ee4298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80916c4b901d4d93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b13f47d6c05459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90d6268ce48442e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Merger Arbitrage Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>112,987</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>