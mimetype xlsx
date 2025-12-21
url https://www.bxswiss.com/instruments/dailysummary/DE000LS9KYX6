--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R076e8b584b5f43fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c134edb689a42b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90d6268ce48442e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbc79bc07feb4330"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b13f47d6c05459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90d6268ce48442e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5745b881c88483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbc79bc07feb4330" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Merger Arbitrage Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,656</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>