--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c134edb689a42b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree8369748d71417d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbc79bc07feb4330"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bb61924e38547dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5745b881c88483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbc79bc07feb4330" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58628639a584410e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bb61924e38547dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Merger Arbitrage Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,439</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>116,628</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>