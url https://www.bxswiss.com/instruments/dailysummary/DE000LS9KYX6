--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree8369748d71417d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2cc46916a3643f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bb61924e38547dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5787effc974c4ad9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58628639a584410e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bb61924e38547dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33bd405c24714c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5787effc974c4ad9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Merger Arbitrage Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>116,519</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,309</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>