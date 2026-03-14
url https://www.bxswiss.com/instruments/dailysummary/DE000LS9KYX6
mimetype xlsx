--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2cc46916a3643f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcc02cb954ec4c75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5787effc974c4ad9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a5de9ae541c4520"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33bd405c24714c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5787effc974c4ad9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf7f65d31bbd4de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a5de9ae541c4520" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Merger Arbitrage Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>116,561</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,719</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>119,309</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,708</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>