--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9723bc6786b45ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b4f57791960420a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b2aa92098114da9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c9e5821a29c4083"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09d07a9360694c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b2aa92098114da9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69d37cd5d4e14068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c9e5821a29c4083" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing Approach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>117,370</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>