--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b4f57791960420a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R074a7239f0404fe7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c9e5821a29c4083"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree9f6180a06244f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69d37cd5d4e14068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c9e5821a29c4083" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5202cdae410a48f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree9f6180a06244f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing Approach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,312</x:t>
-[...300 lines deleted...]
-        <x:is>
           <x:t>121,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,892</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,717</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>