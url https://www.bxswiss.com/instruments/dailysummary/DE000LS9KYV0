--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R074a7239f0404fe7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8f0ad9b5c7c4404" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree9f6180a06244f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R893b139b162a4e5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5202cdae410a48f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree9f6180a06244f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2690458626a4a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R893b139b162a4e5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing Approach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...284 lines deleted...]
-          <x:t>120,528</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,222</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>122,717</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>