--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8f0ad9b5c7c4404" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc000eec0750f457f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R893b139b162a4e5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eada2459e8d4318"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2690458626a4a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R893b139b162a4e5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67ad87a22df04182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eada2459e8d4318" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing Approach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,182</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>