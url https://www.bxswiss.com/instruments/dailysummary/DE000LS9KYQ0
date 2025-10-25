--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6efd8be6d24145a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33666782d7bc4256" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racf9b8b86e6642d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f9d135628f64963"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cde6c0353b543a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racf9b8b86e6642d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0728d6daed074901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f9d135628f64963" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Waverider</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,627 +149,222 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>48,538</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,349</x:t>
-[...425 lines deleted...]
-        <x:is>
           <x:t>49,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,662</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,333</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>