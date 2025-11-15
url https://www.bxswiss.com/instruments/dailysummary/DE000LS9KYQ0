--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33666782d7bc4256" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra639676042d84849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f9d135628f64963"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21d5c4192f22457b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0728d6daed074901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f9d135628f64963" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d9ec31fc660432e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21d5c4192f22457b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Waverider</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>