--- v2 (2025-11-15)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra639676042d84849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd45d4c021ff545f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21d5c4192f22457b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d752652aa1f4129"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d9ec31fc660432e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21d5c4192f22457b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7be11cb731c146cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d752652aa1f4129" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Waverider</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>53,013</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>