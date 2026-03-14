--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd45d4c021ff545f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbacadf447744408b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d752652aa1f4129"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d3b26a788e84cb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7be11cb731c146cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d752652aa1f4129" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a4f9cea3564497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d3b26a788e84cb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Waverider</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>47,195</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,281</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>49,911</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>