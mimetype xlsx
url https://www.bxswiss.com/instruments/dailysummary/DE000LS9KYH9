--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4760819f2ef64cdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb64ae9de227b4a64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a641658c2894129"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2d508af0caf4444"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d3a44bd4b03456b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a641658c2894129" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13c4ef44c1a2405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2d508af0caf4444" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest Euro 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,639</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>