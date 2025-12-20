--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb64ae9de227b4a64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cd408263f9e4ded" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2d508af0caf4444"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6667926b342e4827"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13c4ef44c1a2405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2d508af0caf4444" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4145619f2e4a4d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6667926b342e4827" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest Euro 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>129,335</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,253</x:t>
-[...205 lines deleted...]
-          <x:t>132,411</x:t>
+          <x:t>129,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,726</x:t>
-[...92 lines deleted...]
-          <x:t>130,110</x:t>
+          <x:t>129,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,662</x:t>
-[...166 lines deleted...]
-          <x:t>127,737</x:t>
+          <x:t>133,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>