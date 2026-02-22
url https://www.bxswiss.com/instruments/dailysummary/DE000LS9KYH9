--- v2 (2025-12-20)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cd408263f9e4ded" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55805f097a8346dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6667926b342e4827"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64d10aacea1a4b1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4145619f2e4a4d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6667926b342e4827" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09e6e719c2624ed8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64d10aacea1a4b1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest Euro 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,971</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>