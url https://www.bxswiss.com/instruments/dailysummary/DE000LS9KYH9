--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55805f097a8346dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6202823f9d054c2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64d10aacea1a4b1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6277a0f9c6e54a1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09e6e719c2624ed8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64d10aacea1a4b1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f199ae10d3d4a8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6277a0f9c6e54a1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest Euro 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,554</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>