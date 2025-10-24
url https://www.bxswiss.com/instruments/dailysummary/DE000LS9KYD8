--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3482c6896bd475b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R748a77fb337543ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcc974ff876a49e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0905942ba280422b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45581e59b0a24011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcc974ff876a49e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R727728219a2148e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0905942ba280422b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALERA 333 Value and News</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>