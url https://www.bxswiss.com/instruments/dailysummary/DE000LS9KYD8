--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R748a77fb337543ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f8f89f00c0640ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0905942ba280422b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R922fcd84001a43bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R727728219a2148e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0905942ba280422b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra74902430e33474d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R922fcd84001a43bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALERA 333 Value and News</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>287,827</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>