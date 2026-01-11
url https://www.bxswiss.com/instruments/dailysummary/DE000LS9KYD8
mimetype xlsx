--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f8f89f00c0640ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ba4bfd83e754f4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R922fcd84001a43bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c04741a1cca427e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra74902430e33474d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R922fcd84001a43bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R443285a251b744d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c04741a1cca427e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALERA 333 Value and News</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>