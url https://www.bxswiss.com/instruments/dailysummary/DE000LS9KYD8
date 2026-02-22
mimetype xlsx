--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ba4bfd83e754f4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dcb8ec940d140f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c04741a1cca427e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9909bb5392e48a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R443285a251b744d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c04741a1cca427e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3180ae48dc0041b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9909bb5392e48a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALERA 333 Value and News</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>298,669</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>