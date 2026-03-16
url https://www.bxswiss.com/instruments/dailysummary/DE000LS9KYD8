--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dcb8ec940d140f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7053e178dec4046" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9909bb5392e48a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb4d42d1902e4310"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3180ae48dc0041b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9909bb5392e48a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f4cb6c699414bb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb4d42d1902e4310" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALERA 333 Value and News</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...404 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,433</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>268,269</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>