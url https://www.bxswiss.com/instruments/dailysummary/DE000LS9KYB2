--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaec3142094a4766" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eb7ed0c6f124d74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b851e33acc64451"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a017edb27e4c9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf01658eb11bd47fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b851e33acc64451" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf422c37b0a3148d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a017edb27e4c9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Druschinger ESTX50 Flops</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>89,987</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,932</x:t>
-[...11 lines deleted...]
-          <x:t>89,991</x:t>
+          <x:t>89,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,879</x:t>
-[...38 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>90,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,013</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>90,287</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,190</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>90,223</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>90,239</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,951</x:t>
-[...161 lines deleted...]
-          <x:t>90,401</x:t>
+          <x:t>90,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>