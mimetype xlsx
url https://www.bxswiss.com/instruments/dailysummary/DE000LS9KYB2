--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eb7ed0c6f124d74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7bf9943d6ad4956" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a017edb27e4c9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f98977f650148fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf422c37b0a3148d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a017edb27e4c9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re533c4bae1ac4e2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f98977f650148fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Druschinger ESTX50 Flops</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>89,803</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,745</x:t>
-[...544 lines deleted...]
-          <x:t>89,673</x:t>
+          <x:t>89,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,973</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>