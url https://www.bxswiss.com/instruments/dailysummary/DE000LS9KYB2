--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7bf9943d6ad4956" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9054b6805d44a37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f98977f650148fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c6b5817cc774c9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re533c4bae1ac4e2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f98977f650148fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfae21b0321b449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c6b5817cc774c9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Druschinger ESTX50 Flops</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>88,670</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,023</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>89,226</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,013</x:t>
-[...377 lines deleted...]
-          <x:t>88,973</x:t>
+          <x:t>88,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>