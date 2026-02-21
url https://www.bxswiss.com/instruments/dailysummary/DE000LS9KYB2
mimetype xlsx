--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9054b6805d44a37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a421b8dda324b8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c6b5817cc774c9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21399deb21654196"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfae21b0321b449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c6b5817cc774c9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11163c4d3dc444e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21399deb21654196" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Druschinger ESTX50 Flops</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>90,867</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>