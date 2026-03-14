--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a421b8dda324b8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac1b7d6930d84f21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21399deb21654196"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re21e7607309f46bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11163c4d3dc444e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21399deb21654196" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53065d78b42c49ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re21e7607309f46bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Druschinger ESTX50 Flops</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,423 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...325 lines deleted...]
-          <x:t>87,288</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,461</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,211</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,045</x:t>
@@ -751,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,456</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>